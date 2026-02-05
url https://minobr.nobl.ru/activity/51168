--- v0 (2025-10-16)
+++ v1 (2026-02-05)
@@ -1,284 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10935"/>
   </bookViews>
   <sheets>
     <sheet name="ГИА-9" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="67">
   <si>
     <t>Дата экзамена</t>
   </si>
   <si>
     <t>Предмет</t>
   </si>
   <si>
     <t>Сканирование и направление сканированных экзаменационных работ в РЦОИ</t>
   </si>
   <si>
     <t>Подготовка экзаменационных работ и передача их обезличенных копий в предметные комиссии</t>
   </si>
   <si>
     <t>Подготовка экзаменационных работ и передача их обезличенных копий в предметные комиссии, работа предметных комиссий</t>
   </si>
   <si>
     <t xml:space="preserve">Официальный день   объявления результатов
 ГИА-9 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Срок подачи апелляций о несогласии с выставленными баллами </t>
   </si>
   <si>
     <t>Передача утвержденных результатов ГИА - 9 в образовательные организации, а также органы, осуществляющие управление в сфере образования муниципальных районов, муниципальных и городских округов НО</t>
   </si>
   <si>
-    <t>Завершение технической обработки протоколов проверки экзаменационных работ, перевод полученных результатов в пятибальную систему оценивания в соответствии с приказом МОНиМП НО от 9.02.2022 № 316-01-63-205/22, передача результатов в ГЭК для утверждения</t>
-[...1 lines deleted...]
-  <si>
     <t>Передача РЦОИ измененных результатов ГИА - 9 в ГЭК для утверждения</t>
   </si>
   <si>
     <t>Передача утвержденных изменных результатов ГИА - 9 в образовательные организации, а также органы, осуществляющие управление в сфере образования муниципальных районов, муниципальных и городских округов НО</t>
   </si>
   <si>
     <t xml:space="preserve">Официальный день   объявления измененных результатов
 ГИА-9 
 </t>
   </si>
   <si>
     <t>Утверждение  ГЭК измененных результатов ГИА - 9</t>
   </si>
   <si>
     <t xml:space="preserve">Утверждение ГЭК результатов ГИА - 9 </t>
   </si>
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>Русский язык</t>
   </si>
   <si>
     <t>Математика</t>
-  </si>
-[...167 lines deleted...]
-    <t xml:space="preserve">20, 21 марта 2024 года </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Срок заседания </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>апелляционной</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
@@ -299,124 +127,284 @@
       <t xml:space="preserve">Передача протоколов  рассмотрения апелляций </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve">апелляционной </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>комиссии в РЦОИ</t>
     </r>
   </si>
   <si>
-    <t>4 марта 2024 года</t>
-[...5 lines deleted...]
-    <t>5 марта 2024 года</t>
+    <t>Приложение  1
+к письму министерства образования
+и науки Нижегородской области 
+от ____________ №____________</t>
+  </si>
+  <si>
+    <t>25 февраля 2026 года</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27 февраля 2026 года </t>
+  </si>
+  <si>
+    <t>26 февраля 2026 года</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">13 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">28 февраля 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 марта 2026 года </t>
+  </si>
+  <si>
+    <t>2 марта 2026 года</t>
+  </si>
+  <si>
+    <t>3 марта 2026 года</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">14 марта 2026 года </t>
+  </si>
+  <si>
+    <t>27 февраля 2026 года</t>
+  </si>
+  <si>
+    <t>28 февраля 2026 года</t>
+  </si>
+  <si>
+    <t>5 марта 2026 года</t>
+  </si>
+  <si>
+    <t>6 марта 2026 года</t>
+  </si>
+  <si>
+    <t>10 марта 2026 года</t>
+  </si>
+  <si>
+    <t>11 марта 2026 года</t>
+  </si>
+  <si>
+    <t>12 марта 2026 года</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10,11 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">16 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">17 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 16 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 17 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 18 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">20 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">23 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">24 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">17,18 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">19 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">21 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">18,19  марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">12,13 марта 2026 года </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3, 4 марта 2026 года                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">4, 5 марта 2026 года                      </t>
+  </si>
+  <si>
+    <t>Завершение технической обработки протоколов проверки экзаменационных работ, перевод полученных результатов в пятибальную систему оценивания в соответствии с приказом МОиН НО, передача результатов в ГЭК для утверждения</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+6 марта 2026 года
+</t>
+  </si>
+  <si>
+    <t>19 марта 2026 года</t>
+  </si>
+  <si>
+    <t xml:space="preserve">График обработки экзаменационных работ, объявления результатов, подачи и рассмотрения апелляций 
+о несогласии с выставленными баллами в рамках проведения государственной итоговой аттестации по образовательным программам основного общего образования 
+для обучающихся образовательных организаций при исправительных учреждениях уголовно-исполнительной системы 
+Нижегородской области в 2026 году
+(досрочный период)
+</t>
+  </si>
+  <si>
+    <t>по всем учебным предметам (включая татарский язык) кроме русского языка и математики</t>
+  </si>
+  <si>
+    <t>по всем учебным предметам  (включая татарскую литературу) кроме русского языка и математики</t>
+  </si>
+  <si>
+    <t>по всем учебным предметам (включая татарский язык)</t>
+  </si>
+  <si>
+    <t>по всем учебным предметам (включая татарскую литературу)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="12">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF2F2F2F"/>
       </left>
       <right style="medium">
         <color rgb="FF2F2F2F"/>
       </right>
       <top style="medium">
         <color rgb="FF2F2F2F"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF2F2F2F"/>
       </left>
       <right style="medium">
@@ -433,74 +421,50 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...22 lines deleted...]
-    <border>
       <left style="medium">
         <color rgb="FF2F2F2F"/>
       </left>
       <right style="medium">
         <color rgb="FF2F2F2F"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF2F2F2F"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF2F2F2F"/>
       </left>
@@ -513,157 +477,125 @@
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF2F2F2F"/>
       </right>
       <top style="medium">
         <color rgb="FF2F2F2F"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF2F2F2F"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -933,1072 +865,608 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:Q31"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:Q14"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="B1" zoomScale="50" zoomScaleNormal="75" zoomScaleSheetLayoutView="50" workbookViewId="0">
-      <selection activeCell="K43" sqref="K43"/>
+    <sheetView tabSelected="1" topLeftCell="D1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="95" zoomScalePageLayoutView="50" workbookViewId="0">
+      <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="3" width="24.75" style="1" customWidth="1"/>
+    <col min="2" max="3" width="24.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="32" style="1" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="33.125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="33.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38" style="1" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="24.625" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="10" width="21.625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="24.5703125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="21.85546875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="21.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="21.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="26" style="1" customWidth="1"/>
     <col min="12" max="12" width="25" style="1" customWidth="1"/>
-    <col min="13" max="13" width="28.375" style="4" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="15" max="15" width="23.125" customWidth="1"/>
+    <col min="13" max="13" width="28.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="30.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="23.140625" customWidth="1"/>
     <col min="16" max="16" width="27" customWidth="1"/>
-    <col min="17" max="17" width="27.25" customWidth="1"/>
+    <col min="17" max="17" width="27.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="28"/>
-[...15 lines deleted...]
-      <c r="Q1" s="17"/>
+      <c r="A1" s="16"/>
+      <c r="B1" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1" s="20"/>
+      <c r="D1" s="20"/>
+      <c r="E1" s="20"/>
+      <c r="F1" s="20"/>
+      <c r="G1" s="20"/>
+      <c r="H1" s="20"/>
+      <c r="I1" s="20"/>
+      <c r="J1" s="20"/>
+      <c r="K1" s="20"/>
+      <c r="L1" s="20"/>
+      <c r="M1" s="20"/>
+      <c r="N1" s="20"/>
+      <c r="O1" s="20"/>
+      <c r="P1" s="20"/>
+      <c r="Q1" s="20"/>
     </row>
     <row r="2" spans="1:17" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="28"/>
-[...15 lines deleted...]
-      <c r="Q2" s="17"/>
+      <c r="A2" s="16"/>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+      <c r="I2" s="20"/>
+      <c r="J2" s="20"/>
+      <c r="K2" s="20"/>
+      <c r="L2" s="20"/>
+      <c r="M2" s="20"/>
+      <c r="N2" s="20"/>
+      <c r="O2" s="20"/>
+      <c r="P2" s="20"/>
+      <c r="Q2" s="20"/>
     </row>
     <row r="3" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="28"/>
-[...17 lines deleted...]
-      <c r="Q3" s="22"/>
+      <c r="A3" s="16"/>
+      <c r="B3" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" s="23"/>
+      <c r="D3" s="23"/>
+      <c r="E3" s="23"/>
+      <c r="F3" s="23"/>
+      <c r="G3" s="23"/>
+      <c r="H3" s="23"/>
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+      <c r="K3" s="23"/>
+      <c r="L3" s="23"/>
+      <c r="M3" s="23"/>
+      <c r="N3" s="23"/>
+      <c r="O3" s="23"/>
+      <c r="P3" s="23"/>
+      <c r="Q3" s="23"/>
     </row>
     <row r="4" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="28"/>
-[...15 lines deleted...]
-      <c r="Q4" s="22"/>
+      <c r="A4" s="16"/>
+      <c r="B4" s="23"/>
+      <c r="C4" s="23"/>
+      <c r="D4" s="23"/>
+      <c r="E4" s="23"/>
+      <c r="F4" s="23"/>
+      <c r="G4" s="23"/>
+      <c r="H4" s="23"/>
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+      <c r="K4" s="23"/>
+      <c r="L4" s="23"/>
+      <c r="M4" s="23"/>
+      <c r="N4" s="23"/>
+      <c r="O4" s="23"/>
+      <c r="P4" s="23"/>
+      <c r="Q4" s="23"/>
     </row>
-    <row r="5" spans="1:17" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-      <c r="Q5" s="22"/>
+    <row r="5" spans="1:17" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="16"/>
+      <c r="B5" s="23"/>
+      <c r="C5" s="23"/>
+      <c r="D5" s="23"/>
+      <c r="E5" s="23"/>
+      <c r="F5" s="23"/>
+      <c r="G5" s="23"/>
+      <c r="H5" s="23"/>
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+      <c r="K5" s="23"/>
+      <c r="L5" s="23"/>
+      <c r="M5" s="23"/>
+      <c r="N5" s="23"/>
+      <c r="O5" s="23"/>
+      <c r="P5" s="23"/>
+      <c r="Q5" s="23"/>
     </row>
     <row r="6" spans="1:17" ht="63" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="29" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="23" t="s">
+      <c r="A6" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="18" t="s">
+      <c r="C6" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="D6" s="18" t="s">
+      <c r="D6" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="E6" s="18" t="s">
+      <c r="E6" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="F6" s="18" t="s">
+      <c r="F6" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="G6" s="18" t="s">
+      <c r="G6" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="J6" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="K6" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="L6" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="M6" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="N6" s="21" t="s">
         <v>8</v>
       </c>
-      <c r="H6" s="18" t="s">
-[...17 lines deleted...]
-      <c r="N6" s="20" t="s">
+      <c r="O6" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="P6" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="O6" s="23" t="s">
-[...2 lines deleted...]
-      <c r="P6" s="18" t="s">
+      <c r="Q6" s="12" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="29"/>
-[...15 lines deleted...]
-      <c r="Q7" s="19"/>
+      <c r="A7" s="17"/>
+      <c r="B7" s="15"/>
+      <c r="C7" s="13"/>
+      <c r="D7" s="13"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="13"/>
+      <c r="G7" s="13"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="21"/>
+      <c r="M7" s="21"/>
+      <c r="N7" s="21"/>
+      <c r="O7" s="15"/>
+      <c r="P7" s="13"/>
+      <c r="Q7" s="13"/>
     </row>
-    <row r="8" spans="1:17" ht="66" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="Q8" s="19"/>
+    <row r="8" spans="1:17" ht="169.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="17"/>
+      <c r="B8" s="15"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="25"/>
+      <c r="L8" s="21"/>
+      <c r="M8" s="21"/>
+      <c r="N8" s="22"/>
+      <c r="O8" s="15"/>
+      <c r="P8" s="13"/>
+      <c r="Q8" s="13"/>
     </row>
-    <row r="9" spans="1:17" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A9" s="3">
+    <row r="9" spans="1:17" s="4" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="5">
         <v>1</v>
       </c>
-      <c r="B9" s="2" t="s">
+      <c r="B9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K9" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="O9" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="P9" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q9" s="5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" s="3" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="5">
+        <v>2</v>
+      </c>
+      <c r="B10" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="C10" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D9" s="8" t="s">
+      <c r="J10" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="E9" s="8" t="s">
+      <c r="K10" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="L10" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="P10" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q10" s="5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" s="3" customFormat="1" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="9">
+        <v>3</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E11" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="F9" s="9" t="s">
+      <c r="F11" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="G9" s="9" t="s">
+      <c r="G11" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="I11" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="J11" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="L11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M11" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="O11" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="P11" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q11" s="8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" s="3" customFormat="1" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="10">
+        <v>4</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="I12" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="J12" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="K12" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="M12" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N12" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="O12" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="P12" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q12" s="26" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" s="3" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A13" s="5">
+        <v>5</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="J13" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K13" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="L13" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="M13" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="N13" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="O13" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="P13" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="H9" s="9" t="s">
+      <c r="Q13" s="7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" s="3" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A14" s="5">
+        <v>6</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="J14" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K14" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="I9" s="9" t="s">
-[...242 lines deleted...]
-      <c r="I16" s="13" t="s">
+      <c r="L14" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="M14" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N14" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="O14" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P14" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="J16" s="13" t="s">
-[...124 lines deleted...]
-      <c r="M20" s="5" t="s">
+      <c r="Q14" s="7" t="s">
         <v>51</v>
-      </c>
-[...337 lines deleted...]
-        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="68">
-[...58 lines deleted...]
-    <mergeCell ref="M6:M8"/>
+  <mergeCells count="20">
     <mergeCell ref="O6:O8"/>
     <mergeCell ref="I6:I8"/>
     <mergeCell ref="L6:L8"/>
     <mergeCell ref="K6:K8"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="J6:J8"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="C6:C8"/>
-    <mergeCell ref="Q11:Q15"/>
+    <mergeCell ref="A1:A5"/>
+    <mergeCell ref="A6:A8"/>
+    <mergeCell ref="E6:E8"/>
+    <mergeCell ref="F6:F8"/>
+    <mergeCell ref="G6:G8"/>
+    <mergeCell ref="D6:D8"/>
+    <mergeCell ref="B1:Q2"/>
+    <mergeCell ref="P6:P8"/>
+    <mergeCell ref="Q6:Q8"/>
+    <mergeCell ref="N6:N8"/>
+    <mergeCell ref="B3:Q5"/>
+    <mergeCell ref="M6:M8"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="29" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ГИА-9</vt:lpstr>
     </vt:vector>